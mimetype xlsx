--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R244d8b03d10b46ddb2be446ab74fdd14"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3918c17957da4fb7ae15ad32fe84f11a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R244d8b03d10b46ddb2be446ab74fdd14" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3918c17957da4fb7ae15ad32fe84f11a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F69"/>
+  <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="44" customWidth="1"/>
     <x:col min="2" max="2" width="12.8" customWidth="1"/>
     <x:col min="3" max="3" width="12.8" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -577,901 +577,961 @@
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D25" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
         <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
-        <x:v>Klagshamn</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D26" s="3">
-        <x:v>33238</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
-        <x:v>1990</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>5</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D27" s="3">
-        <x:v>33603</x:v>
+        <x:v>33238</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
-        <x:v>1991</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>5.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D28" s="3">
-        <x:v>33969</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D29" s="3">
-        <x:v>34334</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
-        <x:v>1993</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D30" s="3">
-        <x:v>34699</x:v>
+        <x:v>34334</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
-        <x:v>1994</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>0.7</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B31" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C31" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D31" s="3">
-        <x:v>35064</x:v>
+        <x:v>34699</x:v>
       </x:c>
       <x:c r="E31" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F31" t="n" s="2">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B32" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C32" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D32" s="3">
-        <x:v>35430</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E32" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F32" t="n" s="2">
-        <x:v>0.04</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D33" s="3">
-        <x:v>39447</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
-        <x:v>1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>40178</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>40543</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>0.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>40908</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>41274</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>12.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>41639</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>9.2</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>42004</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>0.77</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>42369</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
-        <x:v>1.2</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>0.49</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>0.63</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>0.47</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>44196</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>4.8</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
-        <x:v>0.35</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>0.41</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
-        <x:v>Sjölunda</x:v>
+        <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>33238</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>1990</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>40</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
-        <x:v>Sjölunda</x:v>
+        <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D49" s="3">
-        <x:v>33603</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E49" t="n" s="2">
-        <x:v>1991</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F49" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B50" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C50" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D50" s="3">
-        <x:v>33969</x:v>
+        <x:v>33238</x:v>
       </x:c>
       <x:c r="E50" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="F50" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B51" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C51" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D51" s="3">
-        <x:v>34334</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="E51" t="n" s="2">
-        <x:v>1993</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F51" t="n" s="2">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B52" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C52" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D52" s="3">
-        <x:v>34699</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E52" t="n" s="2">
-        <x:v>1994</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F52" t="n" s="2">
-        <x:v>2</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B53" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C53" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D53" s="3">
-        <x:v>35064</x:v>
+        <x:v>34334</x:v>
       </x:c>
       <x:c r="E53" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F53" t="n" s="2">
-        <x:v>2.6</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B54" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C54" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D54" s="3">
-        <x:v>35430</x:v>
+        <x:v>34699</x:v>
       </x:c>
       <x:c r="E54" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F54" t="n" s="2">
-        <x:v>0.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B55" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C55" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D55" s="3">
-        <x:v>35795</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E55" t="n" s="2">
-        <x:v>1997</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F55" t="n" s="2">
-        <x:v>0.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B56" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C56" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D56" s="3">
-        <x:v>39447</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E56" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F56" t="n" s="2">
-        <x:v>6.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B57" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C57" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D57" s="3">
-        <x:v>39813</x:v>
+        <x:v>35795</x:v>
       </x:c>
       <x:c r="E57" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F57" t="n" s="2">
-        <x:v>2.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B58" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C58" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D58" s="3">
-        <x:v>40543</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E58" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F58" t="n" s="2">
-        <x:v>3.7</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B59" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C59" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D59" s="3">
-        <x:v>40908</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E59" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F59" t="n" s="2">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B60" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C60" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D60" s="3">
-        <x:v>41274</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E60" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F60" t="n" s="2">
-        <x:v>3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B61" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C61" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D61" s="3">
-        <x:v>41639</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E61" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F61" t="n" s="2">
-        <x:v>3.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B62" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C62" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D62" s="3">
-        <x:v>42004</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E62" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F62" t="n" s="2">
-        <x:v>4.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B63" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C63" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D63" s="3">
-        <x:v>42735</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E63" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F63" t="n" s="2">
-        <x:v>2.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B64" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C64" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D64" s="3">
-        <x:v>43100</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E64" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F64" t="n" s="2">
-        <x:v>3.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B65" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C65" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D65" s="3">
-        <x:v>43465</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E65" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F65" t="n" s="2">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B66" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C66" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D66" s="3">
-        <x:v>44196</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E66" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F66" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B67" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C67" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D67" s="3">
-        <x:v>44561</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E67" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F67" t="n" s="2">
-        <x:v>6.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B68" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C68" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D68" s="3">
-        <x:v>44926</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E68" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F68" t="n" s="2">
-        <x:v>1.3</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str" s="2">
         <x:v>Avloppsreningsverkens silverutsläpp</x:v>
       </x:c>
       <x:c r="B69" t="str" s="2">
         <x:v>SE.6.2.19</x:v>
       </x:c>
       <x:c r="C69" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D69" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E69" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F69" t="n" s="2">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c r="A70" t="str" s="2">
+        <x:v>Avloppsreningsverkens silverutsläpp</x:v>
+      </x:c>
+      <x:c r="B70" t="str" s="2">
+        <x:v>SE.6.2.19</x:v>
+      </x:c>
+      <x:c r="C70" t="str" s="2">
+        <x:v>Sjölunda</x:v>
+      </x:c>
+      <x:c r="D70" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E70" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F70" t="n" s="2">
+        <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c r="A71" t="str" s="2">
+        <x:v>Avloppsreningsverkens silverutsläpp</x:v>
+      </x:c>
+      <x:c r="B71" t="str" s="2">
+        <x:v>SE.6.2.19</x:v>
+      </x:c>
+      <x:c r="C71" t="str" s="2">
+        <x:v>Sjölunda</x:v>
+      </x:c>
+      <x:c r="D71" s="3">
         <x:v>45291</x:v>
       </x:c>
-      <x:c r="E69" t="n" s="2">
+      <x:c r="E71" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="F69" t="n" s="2">
+      <x:c r="F71" t="n" s="2">
         <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c r="A72" t="str" s="2">
+        <x:v>Avloppsreningsverkens silverutsläpp</x:v>
+      </x:c>
+      <x:c r="B72" t="str" s="2">
+        <x:v>SE.6.2.19</x:v>
+      </x:c>
+      <x:c r="C72" t="str" s="2">
+        <x:v>Sjölunda</x:v>
+      </x:c>
+      <x:c r="D72" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E72" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F72" t="n" s="2">
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>