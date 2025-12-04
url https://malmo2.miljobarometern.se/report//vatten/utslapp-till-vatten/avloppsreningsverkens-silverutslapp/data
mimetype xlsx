--- v1 (2025-11-10)
+++ v2 (2025-12-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3918c17957da4fb7ae15ad32fe84f11a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R35517e3859a74a3985a36f563779d4b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3918c17957da4fb7ae15ad32fe84f11a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R35517e3859a74a3985a36f563779d4b3" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>