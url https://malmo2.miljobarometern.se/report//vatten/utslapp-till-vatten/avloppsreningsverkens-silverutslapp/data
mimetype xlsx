--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R35517e3859a74a3985a36f563779d4b3"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R510e031a93834403889fa0f859e95034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R35517e3859a74a3985a36f563779d4b3" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R510e031a93834403889fa0f859e95034" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>