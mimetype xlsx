--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R510e031a93834403889fa0f859e95034"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R07167647800744608501561e69b18d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R510e031a93834403889fa0f859e95034" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07167647800744608501561e69b18d13" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>