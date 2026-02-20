--- v4 (2026-01-14)
+++ v5 (2026-02-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R07167647800744608501561e69b18d13"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59e696ee18fa487e97b053727b4e0f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07167647800744608501561e69b18d13" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59e696ee18fa487e97b053727b4e0f76" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>