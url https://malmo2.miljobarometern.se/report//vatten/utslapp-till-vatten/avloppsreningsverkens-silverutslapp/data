--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59e696ee18fa487e97b053727b4e0f76"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd45f044efb084fe79e9fb90bb82dff05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59e696ee18fa487e97b053727b4e0f76" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd45f044efb084fe79e9fb90bb82dff05" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F72"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>