--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R497ef0c2e9dc47fba5a32d2ce6844bb4"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re4f156d84b944c608dc3a61ff59fee9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R497ef0c2e9dc47fba5a32d2ce6844bb4" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re4f156d84b944c608dc3a61ff59fee9e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1877,360 +1877,360 @@
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>327</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D92" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>1030</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D93" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>271</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D94" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>610</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>352</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>785</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D100" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D101" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>1092</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>233</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>150</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D104" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>1325</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D105" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
-        <x:v>1481</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B106" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C106" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D106" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E106" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F106" t="n" s="2">
-        <x:v>140</x:v>
+        <x:v>1481</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B107" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C107" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D107" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E107" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F107" t="n" s="2">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>