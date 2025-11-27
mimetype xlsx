--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re4f156d84b944c608dc3a61ff59fee9e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re28b23b18e274643affd220917baf8e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re4f156d84b944c608dc3a61ff59fee9e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re28b23b18e274643affd220917baf8e0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1877,280 +1877,280 @@
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>1030</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D92" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>327</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D93" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>610</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D94" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>271</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>596</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>292</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>785</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>352</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>230</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D100" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>687</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D101" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>233</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>1092</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
         <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>