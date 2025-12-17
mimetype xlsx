--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re28b23b18e274643affd220917baf8e0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R952c4bd1249b4779990497e0094dbbaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re28b23b18e274643affd220917baf8e0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R952c4bd1249b4779990497e0094dbbaf" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1877,320 +1877,320 @@
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>327</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D92" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>1030</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D93" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D94" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>292</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>596</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>687</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D100" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>230</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D101" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>1092</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>233</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>1325</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D104" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>150</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D105" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2237,240 +2237,240 @@
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D108" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
         <x:v>2962</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D109" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>4958</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D110" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>192</x:v>
+        <x:v>4958</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D111" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
-        <x:v>6857</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D112" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
-        <x:v>99</x:v>
+        <x:v>6857</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D113" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
         <x:v>7996</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D114" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D115" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
-        <x:v>92</x:v>
+        <x:v>9630</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D116" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
-        <x:v>9630</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D117" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>64</x:v>
+        <x:v>8785</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D118" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>8785</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
         <x:v>Övriga</x:v>
       </x:c>
       <x:c r="D119" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>