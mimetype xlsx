--- v3 (2025-12-17)
+++ v4 (2026-01-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R952c4bd1249b4779990497e0094dbbaf"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8dac7c318c93499d967ac909328abd2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R952c4bd1249b4779990497e0094dbbaf" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8dac7c318c93499d967ac909328abd2f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>