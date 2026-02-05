--- v4 (2026-01-07)
+++ v5 (2026-02-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8dac7c318c93499d967ac909328abd2f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rcc0aa84cae00483fb660d8a59aabae1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8dac7c318c93499d967ac909328abd2f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc0aa84cae00483fb660d8a59aabae1f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1837,240 +1837,240 @@
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
         <x:v>Etanol</x:v>
       </x:c>
       <x:c r="D88" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D89" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>2251</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>619</x:v>
+        <x:v>2251</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
         <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D92" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D93" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>271</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D94" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>610</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>352</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>785</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2117,80 +2117,80 @@
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
         <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>150</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D104" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>1325</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D105" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2237,240 +2237,240 @@
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D108" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
         <x:v>2962</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D109" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>192</x:v>
+        <x:v>4958</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D110" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>4958</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D111" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D112" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
         <x:v>6857</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D113" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
-        <x:v>7996</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D114" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>73</x:v>
+        <x:v>7996</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D115" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
         <x:v>9630</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D116" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D117" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>8785</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D118" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>64</x:v>
+        <x:v>8785</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
         <x:v>Övriga</x:v>
       </x:c>
       <x:c r="D119" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>