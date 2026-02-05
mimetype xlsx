--- v5 (2026-02-05)
+++ v6 (2026-02-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rcc0aa84cae00483fb660d8a59aabae1f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1989d4ec5bd741cfab8b406e82762922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc0aa84cae00483fb660d8a59aabae1f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1989d4ec5bd741cfab8b406e82762922" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>