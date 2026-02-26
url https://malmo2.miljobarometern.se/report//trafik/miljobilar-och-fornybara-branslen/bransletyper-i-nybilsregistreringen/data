--- v6 (2026-02-05)
+++ v7 (2026-02-26)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1989d4ec5bd741cfab8b406e82762922"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R656e91e4f9e1439098dbdc5a18e1ff07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1989d4ec5bd741cfab8b406e82762922" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R656e91e4f9e1439098dbdc5a18e1ff07" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1837,240 +1837,240 @@
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
         <x:v>Etanol</x:v>
       </x:c>
       <x:c r="D88" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D89" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>619</x:v>
+        <x:v>2251</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>2251</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
         <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D92" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D93" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>610</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D94" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>271</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>785</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>352</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2117,80 +2117,80 @@
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
         <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>1325</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D104" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>150</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D105" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2237,240 +2237,240 @@
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D108" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
         <x:v>2962</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D109" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>4958</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D110" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>192</x:v>
+        <x:v>4958</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D111" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D112" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
         <x:v>6857</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D113" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
-        <x:v>73</x:v>
+        <x:v>7996</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D114" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>7996</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D115" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
         <x:v>9630</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D116" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D117" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>64</x:v>
+        <x:v>8785</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D118" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>8785</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
         <x:v>Övriga</x:v>
       </x:c>
       <x:c r="D119" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>