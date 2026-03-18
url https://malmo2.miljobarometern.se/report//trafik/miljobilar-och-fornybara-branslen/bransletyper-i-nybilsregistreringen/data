--- v7 (2026-02-26)
+++ v8 (2026-03-18)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R656e91e4f9e1439098dbdc5a18e1ff07"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R37cbfffb192a4e9eaa85eff5417ed83d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R656e91e4f9e1439098dbdc5a18e1ff07" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37cbfffb192a4e9eaa85eff5417ed83d" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F133"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -1837,80 +1837,80 @@
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
         <x:v>Etanol</x:v>
       </x:c>
       <x:c r="D88" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D89" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>2251</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D90" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>619</x:v>
+        <x:v>2251</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D91" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
         <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -1997,280 +1997,280 @@
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>352</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>785</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>230</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D100" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>687</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D101" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>233</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D102" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>1092</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D103" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>150</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D104" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>1325</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D105" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B106" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C106" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D106" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E106" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F106" t="n" s="2">
         <x:v>1481</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B107" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C107" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D107" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E107" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F107" t="n" s="2">
-        <x:v>195</x:v>
+        <x:v>2962</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D108" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
-        <x:v>2962</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
         <x:v>Gas</x:v>
       </x:c>
       <x:c r="D109" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
@@ -2317,120 +2317,120 @@
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D112" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
         <x:v>6857</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D113" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
-        <x:v>7996</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D114" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>73</x:v>
+        <x:v>7996</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Gas</x:v>
       </x:c>
       <x:c r="D115" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
-        <x:v>9630</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
-        <x:v>Gas</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D116" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
-        <x:v>92</x:v>
+        <x:v>9630</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.4.2.7</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D117" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
         <x:v>8785</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Bränsletyper i nybilsregistreringen</x:v>