--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R49034fb3340f4b4facb1d52b1d5d9e89"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rab0f2e6b58924cb3aa1691f8cd91b24c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R49034fb3340f4b4facb1d52b1d5d9e89" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab0f2e6b58924cb3aa1691f8cd91b24c" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>