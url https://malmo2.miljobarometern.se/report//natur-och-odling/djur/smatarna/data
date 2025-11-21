--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rab0f2e6b58924cb3aa1691f8cd91b24c"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R07fced38fcec4bca8479a0b90b947cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab0f2e6b58924cb3aa1691f8cd91b24c" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07fced38fcec4bca8479a0b90b947cdd" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>