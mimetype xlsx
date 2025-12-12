--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R07fced38fcec4bca8479a0b90b947cdd"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R764b9c52c03b427f979e0a67d32db7e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07fced38fcec4bca8479a0b90b947cdd" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R764b9c52c03b427f979e0a67d32db7e1" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>