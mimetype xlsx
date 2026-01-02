--- v3 (2025-12-12)
+++ v4 (2026-01-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R764b9c52c03b427f979e0a67d32db7e1"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rde4ff27065bf44918850e173e1cd3f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R764b9c52c03b427f979e0a67d32db7e1" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde4ff27065bf44918850e173e1cd3f78" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>