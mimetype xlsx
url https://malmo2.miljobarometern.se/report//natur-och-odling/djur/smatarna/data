--- v4 (2026-01-02)
+++ v5 (2026-02-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rde4ff27065bf44918850e173e1cd3f78"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R991919cd970348a4a3554fd2fb855c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde4ff27065bf44918850e173e1cd3f78" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R991919cd970348a4a3554fd2fb855c9e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>