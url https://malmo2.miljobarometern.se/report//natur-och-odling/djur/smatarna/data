--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R991919cd970348a4a3554fd2fb855c9e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7e4fd980bea347bb8ef6bde812b5dc5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R991919cd970348a4a3554fd2fb855c9e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e4fd980bea347bb8ef6bde812b5dc5b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F41"/>
+  <x:dimension ref="A1:F43"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="11.6" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="11.6" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -497,421 +497,461 @@
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D21" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B22" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C22" t="str" s="2">
-        <x:v>Småtärna</x:v>
+        <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D22" s="3">
-        <x:v>35064</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E22" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F22" t="n" s="2">
-        <x:v>12</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B23" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C23" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D23" s="3">
-        <x:v>35430</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E23" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F23" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B24" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C24" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D24" s="3">
-        <x:v>35795</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E24" t="n" s="2">
-        <x:v>1997</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F24" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D25" s="3">
-        <x:v>36160</x:v>
+        <x:v>35795</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
-        <x:v>1998</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
-        <x:v>9</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D26" s="3">
-        <x:v>36525</x:v>
+        <x:v>36160</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
-        <x:v>1999</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D27" s="3">
-        <x:v>36891</x:v>
+        <x:v>36525</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
-        <x:v>2000</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D28" s="3">
-        <x:v>37256</x:v>
+        <x:v>36891</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
-        <x:v>2001</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D29" s="3">
-        <x:v>37621</x:v>
+        <x:v>37256</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
-        <x:v>2002</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D30" s="3">
-        <x:v>37986</x:v>
+        <x:v>37621</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
-        <x:v>2003</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B31" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C31" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D31" s="3">
-        <x:v>38352</x:v>
+        <x:v>37986</x:v>
       </x:c>
       <x:c r="E31" t="n" s="2">
-        <x:v>2004</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="F31" t="n" s="2">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B32" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C32" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D32" s="3">
-        <x:v>38717</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="E32" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F32" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D33" s="3">
-        <x:v>39082</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>39447</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>39813</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>40178</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>42369</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>5</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>44561</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.7.3.6</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Småtärna</x:v>
       </x:c>
       <x:c r="D41" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E41" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F41" t="n" s="2">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c r="A42" t="str" s="2">
+        <x:v>Småtärna</x:v>
+      </x:c>
+      <x:c r="B42" t="str" s="2">
+        <x:v>SE.7.3.6</x:v>
+      </x:c>
+      <x:c r="C42" t="str" s="2">
+        <x:v>Småtärna</x:v>
+      </x:c>
+      <x:c r="D42" s="3">
         <x:v>45657</x:v>
       </x:c>
-      <x:c r="E41" t="n" s="2">
+      <x:c r="E42" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="F41" t="n" s="2">
+      <x:c r="F42" t="n" s="2">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c r="A43" t="str" s="2">
+        <x:v>Småtärna</x:v>
+      </x:c>
+      <x:c r="B43" t="str" s="2">
+        <x:v>SE.7.3.6</x:v>
+      </x:c>
+      <x:c r="C43" t="str" s="2">
+        <x:v>Småtärna</x:v>
+      </x:c>
+      <x:c r="D43" s="3">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="E43" t="n" s="2">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="F43" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>