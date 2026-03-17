--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7e4fd980bea347bb8ef6bde812b5dc5b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rec3db913711d40378ab8998434605c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e4fd980bea347bb8ef6bde812b5dc5b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec3db913711d40378ab8998434605c54" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F43"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>