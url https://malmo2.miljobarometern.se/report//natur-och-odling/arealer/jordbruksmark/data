--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R68463341ba5a4b4ab181614bd62e49ca"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6bf2080e8bd34c72abebc7fb8bcf1d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68463341ba5a4b4ab181614bd62e49ca" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6bf2080e8bd34c72abebc7fb8bcf1d6f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F97"/>
+  <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="17.6" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="17.6" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -737,1301 +737,1361 @@
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="D33" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
         <x:v>4764</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
-        <x:v>Åkermark</x:v>
+        <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>29951</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>1981</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>6695</x:v>
+        <x:v>4730</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>31412</x:v>
+        <x:v>29951</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>1985</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>6544</x:v>
+        <x:v>6695</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>32873</x:v>
+        <x:v>31412</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>1989</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>6174</x:v>
+        <x:v>6544</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>33238</x:v>
+        <x:v>32873</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>1990</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>6292</x:v>
+        <x:v>6174</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>33603</x:v>
+        <x:v>33238</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>1991</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>6168</x:v>
+        <x:v>6292</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>33969</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>6157</x:v>
+        <x:v>6168</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>34334</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>1993</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
-        <x:v>6089</x:v>
+        <x:v>6157</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>34699</x:v>
+        <x:v>34334</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>1994</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>6036</x:v>
+        <x:v>6089</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>35064</x:v>
+        <x:v>34699</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>6008</x:v>
+        <x:v>6036</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>35430</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>5770</x:v>
+        <x:v>6008</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>35795</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>1997</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>5693</x:v>
+        <x:v>5770</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>36160</x:v>
+        <x:v>35795</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>1998</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
-        <x:v>5565</x:v>
+        <x:v>5693</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>36525</x:v>
+        <x:v>36160</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>1999</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>5443</x:v>
+        <x:v>5565</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>37986</x:v>
+        <x:v>36525</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2003</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>5274</x:v>
+        <x:v>5443</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>38717</x:v>
+        <x:v>37986</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>5082</x:v>
+        <x:v>5274</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D49" s="3">
-        <x:v>39447</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E49" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F49" t="n" s="2">
-        <x:v>5137</x:v>
+        <x:v>5082</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B50" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C50" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D50" s="3">
-        <x:v>39813</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E50" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F50" t="n" s="2">
-        <x:v>4946</x:v>
+        <x:v>5137</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B51" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C51" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D51" s="3">
-        <x:v>40178</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E51" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F51" t="n" s="2">
-        <x:v>5027</x:v>
+        <x:v>4946</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B52" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C52" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D52" s="3">
-        <x:v>40543</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E52" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F52" t="n" s="2">
-        <x:v>4939</x:v>
+        <x:v>5027</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B53" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C53" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D53" s="3">
-        <x:v>40908</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E53" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F53" t="n" s="2">
-        <x:v>4791</x:v>
+        <x:v>4939</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B54" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C54" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D54" s="3">
-        <x:v>41274</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E54" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F54" t="n" s="2">
-        <x:v>4609</x:v>
+        <x:v>4791</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B55" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C55" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D55" s="3">
-        <x:v>41639</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E55" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F55" t="n" s="2">
-        <x:v>4557</x:v>
+        <x:v>4609</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B56" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C56" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D56" s="3">
-        <x:v>42004</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E56" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F56" t="n" s="2">
-        <x:v>4588</x:v>
+        <x:v>4557</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B57" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C57" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D57" s="3">
-        <x:v>42369</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E57" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F57" t="n" s="2">
-        <x:v>4571</x:v>
+        <x:v>4588</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B58" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C58" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D58" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E58" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F58" t="n" s="2">
-        <x:v>4672</x:v>
+        <x:v>4571</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B59" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C59" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D59" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E59" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F59" t="n" s="2">
-        <x:v>4518</x:v>
+        <x:v>4672</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B60" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C60" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D60" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E60" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F60" t="n" s="2">
-        <x:v>4664</x:v>
+        <x:v>4518</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B61" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C61" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D61" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E61" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F61" t="n" s="2">
-        <x:v>4588</x:v>
+        <x:v>4664</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B62" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C62" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D62" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E62" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F62" t="n" s="2">
-        <x:v>4559</x:v>
+        <x:v>4588</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B63" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C63" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D63" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E63" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F63" t="n" s="2">
-        <x:v>4530</x:v>
+        <x:v>4559</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B64" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C64" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D64" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E64" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F64" t="n" s="2">
-        <x:v>4515</x:v>
+        <x:v>4530</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B65" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C65" t="str" s="2">
         <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D65" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E65" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F65" t="n" s="2">
         <x:v>4515</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B66" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C66" t="str" s="2">
-        <x:v>Betesmark</x:v>
+        <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D66" s="3">
-        <x:v>29951</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="E66" t="n" s="2">
-        <x:v>1981</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F66" t="n" s="2">
-        <x:v>172</x:v>
+        <x:v>4515</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B67" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C67" t="str" s="2">
-        <x:v>Betesmark</x:v>
+        <x:v>Åkermark</x:v>
       </x:c>
       <x:c r="D67" s="3">
-        <x:v>31412</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E67" t="n" s="2">
-        <x:v>1985</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F67" t="n" s="2">
-        <x:v>164</x:v>
+        <x:v>4497</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B68" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C68" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D68" s="3">
-        <x:v>32873</x:v>
+        <x:v>29951</x:v>
       </x:c>
       <x:c r="E68" t="n" s="2">
-        <x:v>1989</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="F68" t="n" s="2">
-        <x:v>125</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B69" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C69" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D69" s="3">
-        <x:v>33238</x:v>
+        <x:v>31412</x:v>
       </x:c>
       <x:c r="E69" t="n" s="2">
-        <x:v>1990</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="F69" t="n" s="2">
-        <x:v>132</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B70" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C70" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D70" s="3">
-        <x:v>33603</x:v>
+        <x:v>32873</x:v>
       </x:c>
       <x:c r="E70" t="n" s="2">
-        <x:v>1991</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="F70" t="n" s="2">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B71" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C71" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D71" s="3">
-        <x:v>33969</x:v>
+        <x:v>33238</x:v>
       </x:c>
       <x:c r="E71" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="F71" t="n" s="2">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B72" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C72" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D72" s="3">
-        <x:v>34334</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="E72" t="n" s="2">
-        <x:v>1993</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F72" t="n" s="2">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B73" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C73" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D73" s="3">
-        <x:v>34699</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E73" t="n" s="2">
-        <x:v>1994</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F73" t="n" s="2">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B74" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C74" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D74" s="3">
-        <x:v>35064</x:v>
+        <x:v>34334</x:v>
       </x:c>
       <x:c r="E74" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F74" t="n" s="2">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B75" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C75" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D75" s="3">
-        <x:v>35430</x:v>
+        <x:v>34699</x:v>
       </x:c>
       <x:c r="E75" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F75" t="n" s="2">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B76" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C76" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D76" s="3">
-        <x:v>35795</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E76" t="n" s="2">
-        <x:v>1997</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F76" t="n" s="2">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B77" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C77" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D77" s="3">
-        <x:v>36160</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E77" t="n" s="2">
-        <x:v>1998</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F77" t="n" s="2">
-        <x:v>84</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B78" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C78" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D78" s="3">
-        <x:v>36525</x:v>
+        <x:v>35795</x:v>
       </x:c>
       <x:c r="E78" t="n" s="2">
-        <x:v>1999</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F78" t="n" s="2">
-        <x:v>77</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B79" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C79" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D79" s="3">
-        <x:v>37986</x:v>
+        <x:v>36160</x:v>
       </x:c>
       <x:c r="E79" t="n" s="2">
-        <x:v>2003</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="F79" t="n" s="2">
-        <x:v>210</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B80" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C80" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D80" s="3">
-        <x:v>38717</x:v>
+        <x:v>36525</x:v>
       </x:c>
       <x:c r="E80" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="F80" t="n" s="2">
-        <x:v>222</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B81" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C81" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D81" s="3">
-        <x:v>39447</x:v>
+        <x:v>37986</x:v>
       </x:c>
       <x:c r="E81" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="F81" t="n" s="2">
-        <x:v>223</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B82" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C82" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D82" s="3">
-        <x:v>39813</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E82" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F82" t="n" s="2">
-        <x:v>213</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B83" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C83" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D83" s="3">
-        <x:v>40178</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E83" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F83" t="n" s="2">
-        <x:v>159</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B84" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C84" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D84" s="3">
-        <x:v>40543</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E84" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F84" t="n" s="2">
-        <x:v>318</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B85" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C85" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D85" s="3">
-        <x:v>40908</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E85" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F85" t="n" s="2">
-        <x:v>304</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B86" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C86" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D86" s="3">
-        <x:v>41274</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E86" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F86" t="n" s="2">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B87" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C87" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D87" s="3">
-        <x:v>41639</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E87" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F87" t="n" s="2">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D88" s="3">
-        <x:v>42004</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
-        <x:v>296</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D89" s="3">
-        <x:v>42369</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>311</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D90" s="3">
-        <x:v>42735</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>304</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D91" s="3">
-        <x:v>43100</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D92" s="3">
-        <x:v>43465</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>288</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D93" s="3">
-        <x:v>43830</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>273</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D94" s="3">
-        <x:v>44196</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>274</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D95" s="3">
-        <x:v>44561</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D96" s="3">
-        <x:v>44926</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Jordbruksmark</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.7.1.4</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
         <x:v>Betesmark</x:v>
       </x:c>
       <x:c r="D97" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E97" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F97" t="n" s="2">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="str" s="2">
+        <x:v>Jordbruksmark</x:v>
+      </x:c>
+      <x:c r="B98" t="str" s="2">
+        <x:v>SE.7.1.4</x:v>
+      </x:c>
+      <x:c r="C98" t="str" s="2">
+        <x:v>Betesmark</x:v>
+      </x:c>
+      <x:c r="D98" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E98" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F98" t="n" s="2">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="str" s="2">
+        <x:v>Jordbruksmark</x:v>
+      </x:c>
+      <x:c r="B99" t="str" s="2">
+        <x:v>SE.7.1.4</x:v>
+      </x:c>
+      <x:c r="C99" t="str" s="2">
+        <x:v>Betesmark</x:v>
+      </x:c>
+      <x:c r="D99" s="3">
         <x:v>45291</x:v>
       </x:c>
-      <x:c r="E97" t="n" s="2">
+      <x:c r="E99" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="F97" t="n" s="2">
+      <x:c r="F99" t="n" s="2">
         <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="str" s="2">
+        <x:v>Jordbruksmark</x:v>
+      </x:c>
+      <x:c r="B100" t="str" s="2">
+        <x:v>SE.7.1.4</x:v>
+      </x:c>
+      <x:c r="C100" t="str" s="2">
+        <x:v>Betesmark</x:v>
+      </x:c>
+      <x:c r="D100" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E100" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F100" t="n" s="2">
+        <x:v>233</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>