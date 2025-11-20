--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6bf2080e8bd34c72abebc7fb8bcf1d6f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R48b02f913dd840aebdb7a4d075282450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6bf2080e8bd34c72abebc7fb8bcf1d6f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48b02f913dd840aebdb7a4d075282450" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>