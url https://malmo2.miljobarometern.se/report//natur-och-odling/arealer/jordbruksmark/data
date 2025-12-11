--- v2 (2025-11-20)
+++ v3 (2025-12-11)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R48b02f913dd840aebdb7a4d075282450"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1a209cdb757a4002b00702e548938a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48b02f913dd840aebdb7a4d075282450" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a209cdb757a4002b00702e548938a8a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>