--- v3 (2025-12-11)
+++ v4 (2026-01-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1a209cdb757a4002b00702e548938a8a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R785166c1830549fc8f1add34ef956fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a209cdb757a4002b00702e548938a8a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R785166c1830549fc8f1add34ef956fe8" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>