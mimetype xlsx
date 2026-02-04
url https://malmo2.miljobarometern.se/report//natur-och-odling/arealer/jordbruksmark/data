--- v4 (2026-01-07)
+++ v5 (2026-02-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R785166c1830549fc8f1add34ef956fe8"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra0fa698813fe4bb6911cb621989f4da0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R785166c1830549fc8f1add34ef956fe8" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0fa698813fe4bb6911cb621989f4da0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>