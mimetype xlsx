--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra0fa698813fe4bb6911cb621989f4da0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R02dc3048038f4117a71f5490c8eb7c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0fa698813fe4bb6911cb621989f4da0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02dc3048038f4117a71f5490c8eb7c23" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>