--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R02dc3048038f4117a71f5490c8eb7c23"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rfa4eee34346b4b13af698b6ffa64bd5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02dc3048038f4117a71f5490c8eb7c23" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa4eee34346b4b13af698b6ffa64bd5e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F100"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>