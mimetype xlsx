--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R57a219c9d2ea4b41be5f3dd5a6826d24"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7df62e7119404f6eb53ecbc6875ce898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57a219c9d2ea4b41be5f3dd5a6826d24" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7df62e7119404f6eb53ecbc6875ce898" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>