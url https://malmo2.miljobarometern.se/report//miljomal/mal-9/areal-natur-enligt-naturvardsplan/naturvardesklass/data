--- v1 (2025-11-10)
+++ v2 (2025-12-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7df62e7119404f6eb53ecbc6875ce898"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3da4e330e5c44310bc4e7d1040027165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7df62e7119404f6eb53ecbc6875ce898" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3da4e330e5c44310bc4e7d1040027165" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>