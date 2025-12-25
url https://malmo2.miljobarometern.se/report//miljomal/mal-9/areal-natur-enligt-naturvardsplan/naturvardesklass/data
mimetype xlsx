--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3da4e330e5c44310bc4e7d1040027165"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re64ce6f2d49542f08f6c02467e73b93b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3da4e330e5c44310bc4e7d1040027165" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re64ce6f2d49542f08f6c02467e73b93b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>