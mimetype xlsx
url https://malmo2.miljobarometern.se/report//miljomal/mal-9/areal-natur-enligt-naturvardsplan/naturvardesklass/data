--- v3 (2025-12-25)
+++ v4 (2025-12-25)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re64ce6f2d49542f08f6c02467e73b93b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd8d0ce6976e447c6883ac96468678bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re64ce6f2d49542f08f6c02467e73b93b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd8d0ce6976e447c6883ac96468678bed" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>