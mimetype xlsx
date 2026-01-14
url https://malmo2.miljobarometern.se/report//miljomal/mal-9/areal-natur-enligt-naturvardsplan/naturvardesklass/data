--- v4 (2025-12-25)
+++ v5 (2026-01-14)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd8d0ce6976e447c6883ac96468678bed"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rbb823686132147a69b76c5a897260d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd8d0ce6976e447c6883ac96468678bed" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb823686132147a69b76c5a897260d5b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>