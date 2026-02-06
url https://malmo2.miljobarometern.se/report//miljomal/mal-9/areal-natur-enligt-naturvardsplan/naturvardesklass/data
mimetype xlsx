--- v5 (2026-01-14)
+++ v6 (2026-02-06)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rbb823686132147a69b76c5a897260d5b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rbf918f70bc984521b2ff83e27165b0d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb823686132147a69b76c5a897260d5b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf918f70bc984521b2ff83e27165b0d5" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>