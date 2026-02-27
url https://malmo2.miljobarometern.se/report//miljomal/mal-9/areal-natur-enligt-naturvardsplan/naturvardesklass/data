--- v6 (2026-02-06)
+++ v7 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rbf918f70bc984521b2ff83e27165b0d5"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb2ccec2bfa7d4572aa2fc1aafd1ca13e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf918f70bc984521b2ff83e27165b0d5" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2ccec2bfa7d4572aa2fc1aafd1ca13e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -94,104 +94,104 @@
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
       <x:c r="D1" t="str" s="1">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
         <x:v>Klass 1</x:v>
       </x:c>
       <x:c r="D2" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
         <x:v>10753</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>