--- v7 (2026-02-27)
+++ v8 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb2ccec2bfa7d4572aa2fc1aafd1ca13e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9dbcec98e2064f818738cf3f4551dd23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2ccec2bfa7d4572aa2fc1aafd1ca13e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9dbcec98e2064f818738cf3f4551dd23" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>