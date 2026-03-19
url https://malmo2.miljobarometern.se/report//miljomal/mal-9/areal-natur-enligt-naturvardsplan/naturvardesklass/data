--- v8 (2026-02-27)
+++ v9 (2026-03-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9dbcec98e2064f818738cf3f4551dd23"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3c5e8ad4ce67420d831ef7f5839d5a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9dbcec98e2064f818738cf3f4551dd23" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c5e8ad4ce67420d831ef7f5839d5a4c" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>