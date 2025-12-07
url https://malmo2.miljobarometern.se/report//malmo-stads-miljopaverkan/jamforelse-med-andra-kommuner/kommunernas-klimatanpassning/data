--- v0 (2025-10-29)
+++ v1 (2025-12-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf6570db6632e490dacea2a399e8b2d0e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R40740582198c4059b074cd62643904bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6570db6632e490dacea2a399e8b2d0e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40740582198c4059b074cd62643904bf" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -897,160 +897,160 @@
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D41" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
         <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
-        <x:v>Vänersborg</x:v>
+        <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D42" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>18.5</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
-        <x:v>Malmö</x:v>
+        <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D43" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D44" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D45" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
-        <x:v>Malmö</x:v>
+        <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D46" s="3">
         <x:v>46022</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>30.5</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
-        <x:v>Vänersborg</x:v>
+        <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D47" s="3">
         <x:v>46022</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>10</x:v>
+        <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
         <x:v>Lomma</x:v>
       </x:c>
       <x:c r="D48" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>