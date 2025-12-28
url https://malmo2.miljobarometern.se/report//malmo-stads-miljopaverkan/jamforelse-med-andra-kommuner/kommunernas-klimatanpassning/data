--- v1 (2025-12-07)
+++ v2 (2025-12-28)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R40740582198c4059b074cd62643904bf"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re986477ce56246b89761b5a725e3714a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40740582198c4059b074cd62643904bf" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re986477ce56246b89761b5a725e3714a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>