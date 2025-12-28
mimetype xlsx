--- v2 (2025-12-28)
+++ v3 (2025-12-28)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re986477ce56246b89761b5a725e3714a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R97e77cac07c543538d2ef35f050cbdbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re986477ce56246b89761b5a725e3714a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97e77cac07c543538d2ef35f050cbdbb" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>