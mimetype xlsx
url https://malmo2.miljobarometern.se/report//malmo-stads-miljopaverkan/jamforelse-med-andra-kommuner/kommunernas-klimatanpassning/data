--- v3 (2025-12-28)
+++ v4 (2026-01-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R97e77cac07c543538d2ef35f050cbdbb"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R087d835102c34be584c19b0b98f31905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97e77cac07c543538d2ef35f050cbdbb" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R087d835102c34be584c19b0b98f31905" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -817,160 +817,160 @@
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D37" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
-        <x:v>Vänersborg</x:v>
+        <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D38" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>32.5</x:v>
+        <x:v>25.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
-        <x:v>Malmö</x:v>
+        <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D39" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>25.5</x:v>
+        <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D40" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
         <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D41" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
         <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
-        <x:v>Malmö</x:v>
+        <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D42" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
-        <x:v>Vänersborg</x:v>
+        <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D43" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>18.5</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.13.3.5</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D44" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Kommunernas klimatanpassningsarbete</x:v>