--- v4 (2026-01-19)
+++ v5 (2026-02-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R087d835102c34be584c19b0b98f31905"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59ab788c0ba84cfcb9aa3732e92b90e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R087d835102c34be584c19b0b98f31905" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59ab788c0ba84cfcb9aa3732e92b90e0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>