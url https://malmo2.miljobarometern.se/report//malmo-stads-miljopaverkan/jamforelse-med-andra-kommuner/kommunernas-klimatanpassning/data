--- v5 (2026-02-08)
+++ v6 (2026-02-28)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59ab788c0ba84cfcb9aa3732e92b90e0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0818da0bdb9b4340a27c475dc0749135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59ab788c0ba84cfcb9aa3732e92b90e0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0818da0bdb9b4340a27c475dc0749135" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>