--- v6 (2026-02-28)
+++ v7 (2026-03-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0818da0bdb9b4340a27c475dc0749135"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9bd8b211416845e6b8ceb5ddf9237d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0818da0bdb9b4340a27c475dc0749135" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bd8b211416845e6b8ceb5ddf9237d83" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F85"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>