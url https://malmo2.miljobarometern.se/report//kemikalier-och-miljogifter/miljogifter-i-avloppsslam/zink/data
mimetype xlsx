--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6c54f7423d2144518459f08b9cc1765f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4e6bf05a896a42fc96978626149eda47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c54f7423d2144518459f08b9cc1765f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e6bf05a896a42fc96978626149eda47" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F67"/>
+  <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="9.28515625" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="12.8" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -757,681 +757,721 @@
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D34" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
-        <x:v>Klagshamn</x:v>
+        <x:v>Sjölunda</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>33603</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>1991</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>1000</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>33969</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>860</x:v>
+        <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>34334</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>1993</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>760</x:v>
+        <x:v>860</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>34699</x:v>
+        <x:v>34334</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>1994</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>35064</x:v>
+        <x:v>34699</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>1995</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>710</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>35430</x:v>
+        <x:v>35064</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>1996</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
-        <x:v>620</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>35795</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>1997</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>605</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>36160</x:v>
+        <x:v>35795</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>1998</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>620</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>36525</x:v>
+        <x:v>36160</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>1999</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>610</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>36891</x:v>
+        <x:v>36525</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>2000</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>510</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>37256</x:v>
+        <x:v>36891</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>2001</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>37621</x:v>
+        <x:v>37256</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>2002</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>520</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>37986</x:v>
+        <x:v>37621</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2003</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>500</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>38352</x:v>
+        <x:v>37986</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>2004</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>480</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D49" s="3">
-        <x:v>38717</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="E49" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F49" t="n" s="2">
-        <x:v>500</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B50" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C50" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D50" s="3">
-        <x:v>39082</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E50" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F50" t="n" s="2">
-        <x:v>540</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B51" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C51" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D51" s="3">
-        <x:v>39447</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E51" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F51" t="n" s="2">
-        <x:v>520</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B52" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C52" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D52" s="3">
-        <x:v>39813</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E52" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F52" t="n" s="2">
-        <x:v>570</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B53" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C53" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D53" s="3">
-        <x:v>40178</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E53" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F53" t="n" s="2">
-        <x:v>470</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B54" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C54" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D54" s="3">
-        <x:v>40543</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E54" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F54" t="n" s="2">
-        <x:v>445</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B55" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C55" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D55" s="3">
-        <x:v>40908</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E55" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F55" t="n" s="2">
-        <x:v>460</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B56" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C56" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D56" s="3">
-        <x:v>41274</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E56" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F56" t="n" s="2">
-        <x:v>490</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B57" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C57" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D57" s="3">
-        <x:v>41639</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E57" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F57" t="n" s="2">
-        <x:v>530</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B58" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C58" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D58" s="3">
-        <x:v>42004</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E58" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F58" t="n" s="2">
-        <x:v>549</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B59" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C59" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D59" s="3">
-        <x:v>42369</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E59" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F59" t="n" s="2">
-        <x:v>600</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B60" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C60" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D60" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E60" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F60" t="n" s="2">
-        <x:v>590</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B61" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C61" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D61" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E61" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F61" t="n" s="2">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B62" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C62" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D62" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E62" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F62" t="n" s="2">
-        <x:v>630</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B63" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C63" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D63" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E63" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F63" t="n" s="2">
-        <x:v>580</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B64" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C64" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D64" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E64" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F64" t="n" s="2">
-        <x:v>470</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B65" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C65" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D65" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E65" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F65" t="n" s="2">
-        <x:v>480</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B66" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C66" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D66" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E66" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F66" t="n" s="2">
-        <x:v>420</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str" s="2">
         <x:v>Zink</x:v>
       </x:c>
       <x:c r="B67" t="str" s="2">
         <x:v>SE.8.1.9</x:v>
       </x:c>
       <x:c r="C67" t="str" s="2">
         <x:v>Klagshamn</x:v>
       </x:c>
       <x:c r="D67" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E67" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F67" t="n" s="2">
+        <x:v>420</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68">
+      <x:c r="A68" t="str" s="2">
+        <x:v>Zink</x:v>
+      </x:c>
+      <x:c r="B68" t="str" s="2">
+        <x:v>SE.8.1.9</x:v>
+      </x:c>
+      <x:c r="C68" t="str" s="2">
+        <x:v>Klagshamn</x:v>
+      </x:c>
+      <x:c r="D68" s="3">
         <x:v>45291</x:v>
       </x:c>
-      <x:c r="E67" t="n" s="2">
+      <x:c r="E68" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="F67" t="n" s="2">
+      <x:c r="F68" t="n" s="2">
         <x:v>473</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c r="A69" t="str" s="2">
+        <x:v>Zink</x:v>
+      </x:c>
+      <x:c r="B69" t="str" s="2">
+        <x:v>SE.8.1.9</x:v>
+      </x:c>
+      <x:c r="C69" t="str" s="2">
+        <x:v>Klagshamn</x:v>
+      </x:c>
+      <x:c r="D69" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E69" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F69" t="n" s="2">
+        <x:v>295</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>