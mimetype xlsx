--- v1 (2025-10-28)
+++ v2 (2025-11-23)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4e6bf05a896a42fc96978626149eda47"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R54e2f1e4b66d473598f2db7f993e95e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e6bf05a896a42fc96978626149eda47" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54e2f1e4b66d473598f2db7f993e95e5" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>