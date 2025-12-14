--- v2 (2025-11-23)
+++ v3 (2025-12-14)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R54e2f1e4b66d473598f2db7f993e95e5"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rce85cd569cda4ab98a8b98e13633ce1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54e2f1e4b66d473598f2db7f993e95e5" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rce85cd569cda4ab98a8b98e13633ce1a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>