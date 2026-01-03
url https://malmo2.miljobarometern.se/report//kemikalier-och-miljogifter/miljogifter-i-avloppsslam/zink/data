--- v3 (2025-12-14)
+++ v4 (2026-01-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rce85cd569cda4ab98a8b98e13633ce1a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R26d35c188aad4409b77159327fcca3d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rce85cd569cda4ab98a8b98e13633ce1a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26d35c188aad4409b77159327fcca3d4" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>