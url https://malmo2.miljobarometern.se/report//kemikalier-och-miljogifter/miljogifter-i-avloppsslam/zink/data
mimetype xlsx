--- v4 (2026-01-03)
+++ v5 (2026-01-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R26d35c188aad4409b77159327fcca3d4"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rae43159c54ed49d38972cb8964f2ad4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26d35c188aad4409b77159327fcca3d4" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae43159c54ed49d38972cb8964f2ad4b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>