--- v5 (2026-01-29)
+++ v6 (2026-02-21)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rae43159c54ed49d38972cb8964f2ad4b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra184f467f8064ab4a65923129a49ca8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae43159c54ed49d38972cb8964f2ad4b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra184f467f8064ab4a65923129a49ca8e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>