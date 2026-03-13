--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra184f467f8064ab4a65923129a49ca8e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ree012520683e4f13a8bd26322517f917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra184f467f8064ab4a65923129a49ca8e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree012520683e4f13a8bd26322517f917" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F69"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>