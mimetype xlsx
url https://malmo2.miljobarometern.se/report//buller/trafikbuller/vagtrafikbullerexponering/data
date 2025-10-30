--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R07114e978d8943afb255f5bda2736326"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4ee674ece579497d9c91e488a878402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07114e978d8943afb255f5bda2736326" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ee674ece579497d9c91e488a878402b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -337,61 +337,61 @@
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
         <x:v>42600</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>5600</x:v>
+        <x:v>39000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>39000</x:v>
+        <x:v>5600</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>