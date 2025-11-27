--- v1 (2025-10-30)
+++ v2 (2025-11-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4ee674ece579497d9c91e488a878402b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8d0e86411a8b43848a303cf5c9efb30e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ee674ece579497d9c91e488a878402b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d0e86411a8b43848a303cf5c9efb30e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -257,120 +257,120 @@
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
         <x:v>17000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>16900</x:v>
+        <x:v>57600</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>57600</x:v>
+        <x:v>16900</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>6300</x:v>
+        <x:v>42600</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>42600</x:v>
+        <x:v>6300</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>39000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>