--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8d0e86411a8b43848a303cf5c9efb30e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0801e2afdcc64c4785298f46eb35ff21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d0e86411a8b43848a303cf5c9efb30e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0801e2afdcc64c4785298f46eb35ff21" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -257,120 +257,120 @@
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
         <x:v>17000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>57600</x:v>
+        <x:v>16900</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>16900</x:v>
+        <x:v>57600</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>42600</x:v>
+        <x:v>6300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>6300</x:v>
+        <x:v>42600</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>39000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>