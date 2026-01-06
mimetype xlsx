--- v3 (2025-12-17)
+++ v4 (2026-01-06)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0801e2afdcc64c4785298f46eb35ff21"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3e695b9407bd4575bbcd7329550450f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0801e2afdcc64c4785298f46eb35ff21" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e695b9407bd4575bbcd7329550450f1" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>