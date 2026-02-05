--- v4 (2026-01-06)
+++ v5 (2026-02-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3e695b9407bd4575bbcd7329550450f1"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb449b6acd5e646fe8f4df43fbcbadd7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e695b9407bd4575bbcd7329550450f1" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb449b6acd5e646fe8f4df43fbcbadd7c" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -257,120 +257,120 @@
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
         <x:v>17000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>16900</x:v>
+        <x:v>57600</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>57600</x:v>
+        <x:v>16900</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>6300</x:v>
+        <x:v>42600</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>42600</x:v>
+        <x:v>6300</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>39000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>