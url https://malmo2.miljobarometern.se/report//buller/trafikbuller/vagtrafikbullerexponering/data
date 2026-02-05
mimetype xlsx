--- v5 (2026-02-05)
+++ v6 (2026-02-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb449b6acd5e646fe8f4df43fbcbadd7c"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb30238de3491443fb5f51b820460b276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb449b6acd5e646fe8f4df43fbcbadd7c" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb30238de3491443fb5f51b820460b276" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>