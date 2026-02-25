--- v6 (2026-02-05)
+++ v7 (2026-02-25)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb30238de3491443fb5f51b820460b276"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd7960b67fbfb429bb3e0219379478d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb30238de3491443fb5f51b820460b276" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7960b67fbfb429bb3e0219379478d7d" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -257,120 +257,120 @@
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
         <x:v>17000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>57600</x:v>
+        <x:v>16900</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>16900</x:v>
+        <x:v>57600</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>42600</x:v>
+        <x:v>6300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>6300</x:v>
+        <x:v>42600</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.1.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>39000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vägtrafikbullerexponering</x:v>