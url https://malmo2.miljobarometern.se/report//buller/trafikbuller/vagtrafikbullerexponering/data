--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd7960b67fbfb429bb3e0219379478d7d"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R823c92556a97433c9087752fce64b6ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7960b67fbfb429bb3e0219379478d7d" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R823c92556a97433c9087752fce64b6ec" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>