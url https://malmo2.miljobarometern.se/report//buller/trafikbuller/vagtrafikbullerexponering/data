--- v8 (2026-03-17)
+++ v9 (2026-03-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R823c92556a97433c9087752fce64b6ec"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4023f8815f794594b6f5b3f8c183f2e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R823c92556a97433c9087752fce64b6ec" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4023f8815f794594b6f5b3f8c183f2e4" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>