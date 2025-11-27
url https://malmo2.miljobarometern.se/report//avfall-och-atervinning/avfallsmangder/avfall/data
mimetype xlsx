--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R83196a2499d944a49554476bd3921a96"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R040e6b6b4dde40f19b90ef3ecbe0b03e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83196a2499d944a49554476bd3921a96" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R040e6b6b4dde40f19b90ef3ecbe0b03e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -6137,80 +6137,80 @@
       </x:c>
       <x:c r="B303" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C303" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D303" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E303" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F303" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B304" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C304" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D304" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E304" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F304" t="n" s="2">
-        <x:v>21.061</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B305" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C305" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D305" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E305" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F305" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>21.061</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B306" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C306" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D306" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E306" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F306" t="n" s="2">
         <x:v>21.219</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6257,80 +6257,80 @@
       </x:c>
       <x:c r="B309" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C309" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D309" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E309" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F309" t="n" s="2">
         <x:v>0.082937</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B310" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C310" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D310" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E310" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F310" t="n" s="2">
-        <x:v>24.8799</x:v>
+        <x:v>0.126182</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B311" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C311" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D311" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E311" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F311" t="n" s="2">
-        <x:v>0.126182</x:v>
+        <x:v>24.8799</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B312" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C312" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D312" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E312" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F312" t="n" s="2">
         <x:v>0.263138</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6377,280 +6377,280 @@
       </x:c>
       <x:c r="B315" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C315" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D315" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E315" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F315" t="n" s="2">
         <x:v>0.289623</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B316" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C316" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D316" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E316" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F316" t="n" s="2">
-        <x:v>26.8979</x:v>
+        <x:v>0.297185</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B317" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C317" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D317" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E317" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F317" t="n" s="2">
-        <x:v>0.297185</x:v>
+        <x:v>26.8979</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B318" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C318" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D318" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E318" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F318" t="n" s="2">
         <x:v>0.238643</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B319" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C319" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D319" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E319" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F319" t="n" s="2">
         <x:v>26.7394</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B320" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C320" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D320" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E320" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F320" t="n" s="2">
-        <x:v>23.7449</x:v>
+        <x:v>0.294612</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B321" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C321" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D321" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E321" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F321" t="n" s="2">
-        <x:v>0.294612</x:v>
+        <x:v>23.7449</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B322" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C322" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D322" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E322" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F322" t="n" s="2">
-        <x:v>0.35695</x:v>
+        <x:v>22.3535</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B323" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C323" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D323" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E323" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F323" t="n" s="2">
-        <x:v>22.3535</x:v>
+        <x:v>0.35695</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B324" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C324" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D324" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E324" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F324" t="n" s="2">
-        <x:v>0.345769</x:v>
+        <x:v>22.2584</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B325" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C325" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D325" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E325" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F325" t="n" s="2">
-        <x:v>22.2584</x:v>
+        <x:v>0.345769</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B326" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C326" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D326" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E326" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F326" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>20.9891</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B327" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C327" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D327" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E327" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F327" t="n" s="2">
-        <x:v>20.9891</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B328" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C328" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D328" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E328" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F328" t="n" s="2">
         <x:v>21.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6817,301 +6817,301 @@
       </x:c>
       <x:c r="B337" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C337" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D337" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E337" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F337" t="n" s="2">
         <x:v>17.552</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B338" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C338" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D338" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E338" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F338" t="n" s="2">
-        <x:v>17.423</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B339" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C339" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D339" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E339" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F339" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>17.423</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B340" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C340" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D340" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E340" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F340" t="n" s="2">
-        <x:v>0.173</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B341" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C341" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D341" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E341" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F341" t="n" s="2">
-        <x:v>19.08</x:v>
+        <x:v>0.173</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B342" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C342" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D342" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E342" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F342" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>23.211</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B343" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C343" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D343" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E343" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F343" t="n" s="2">
-        <x:v>23.211</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B344" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C344" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D344" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E344" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F344" t="n" s="2">
-        <x:v>0.23</x:v>
+        <x:v>22.157</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B345" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C345" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D345" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E345" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F345" t="n" s="2">
-        <x:v>22.157</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B346" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C346" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D346" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E346" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F346" t="n" s="2">
-        <x:v>0.174</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B347" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C347" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D347" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E347" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F347" t="n" s="2">
-        <x:v>21.06</x:v>
+        <x:v>0.174</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B348" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C348" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D348" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E348" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F348" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>21.002</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B349" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C349" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D349" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E349" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F349" t="n" s="2">
-        <x:v>21.002</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B350" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C350" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D350" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E350" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F350" t="n" s="2">
-        <x:v>0.541</x:v>
+        <x:v>18.466</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B351" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C351" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D351" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E351" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F351" t="n" s="2">
-        <x:v>18.466</x:v>
+        <x:v>0.541</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>