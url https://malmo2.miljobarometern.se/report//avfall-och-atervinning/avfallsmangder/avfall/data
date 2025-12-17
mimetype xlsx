--- v1 (2025-11-27)
+++ v2 (2025-12-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R040e6b6b4dde40f19b90ef3ecbe0b03e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb11454fa294c4db48ec7c2e54eeafde4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R040e6b6b4dde40f19b90ef3ecbe0b03e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb11454fa294c4db48ec7c2e54eeafde4" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -6097,480 +6097,480 @@
       </x:c>
       <x:c r="B301" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C301" t="str" s="2">
         <x:v>Avloppsslam</x:v>
       </x:c>
       <x:c r="D301" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E301" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F301" t="n" s="2">
         <x:v>1.446</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B302" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C302" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D302" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E302" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F302" t="n" s="2">
-        <x:v>13.717</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B303" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C303" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D303" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E303" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F303" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>13.717</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B304" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C304" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D304" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E304" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F304" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>21.061</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B305" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C305" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D305" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E305" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F305" t="n" s="2">
-        <x:v>21.061</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B306" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C306" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D306" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E306" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F306" t="n" s="2">
         <x:v>21.219</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B307" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C307" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D307" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E307" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F307" t="n" s="2">
         <x:v>0.031915</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B308" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C308" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D308" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E308" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F308" t="n" s="2">
-        <x:v>22.7477</x:v>
+        <x:v>0.082937</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B309" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C309" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D309" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E309" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F309" t="n" s="2">
-        <x:v>0.082937</x:v>
+        <x:v>22.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B310" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C310" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D310" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E310" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F310" t="n" s="2">
-        <x:v>0.126182</x:v>
+        <x:v>24.8799</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B311" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C311" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D311" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E311" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F311" t="n" s="2">
-        <x:v>24.8799</x:v>
+        <x:v>0.126182</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B312" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C312" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D312" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E312" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F312" t="n" s="2">
-        <x:v>0.263138</x:v>
+        <x:v>23.9332</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B313" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C313" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D313" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E313" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F313" t="n" s="2">
-        <x:v>23.9332</x:v>
+        <x:v>0.263138</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B314" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C314" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D314" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E314" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F314" t="n" s="2">
-        <x:v>25.5167</x:v>
+        <x:v>0.289623</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B315" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C315" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D315" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E315" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F315" t="n" s="2">
-        <x:v>0.289623</x:v>
+        <x:v>25.5167</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B316" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C316" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D316" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E316" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F316" t="n" s="2">
         <x:v>0.297185</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B317" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C317" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D317" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E317" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F317" t="n" s="2">
         <x:v>26.8979</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B318" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C318" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D318" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E318" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F318" t="n" s="2">
-        <x:v>0.238643</x:v>
+        <x:v>26.7394</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B319" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C319" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D319" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E319" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F319" t="n" s="2">
-        <x:v>26.7394</x:v>
+        <x:v>0.238643</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B320" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C320" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D320" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E320" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F320" t="n" s="2">
         <x:v>0.294612</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B321" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C321" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D321" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E321" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F321" t="n" s="2">
         <x:v>23.7449</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B322" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C322" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D322" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E322" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F322" t="n" s="2">
-        <x:v>22.3535</x:v>
+        <x:v>0.35695</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B323" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C323" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D323" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E323" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F323" t="n" s="2">
-        <x:v>0.35695</x:v>
+        <x:v>22.3535</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B324" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C324" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D324" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E324" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F324" t="n" s="2">
         <x:v>22.2584</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6657,80 +6657,80 @@
       </x:c>
       <x:c r="B329" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C329" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D329" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E329" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F329" t="n" s="2">
         <x:v>0.416241</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B330" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C330" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D330" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E330" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F330" t="n" s="2">
-        <x:v>0.372828</x:v>
+        <x:v>20.327</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B331" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C331" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D331" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E331" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F331" t="n" s="2">
-        <x:v>20.327</x:v>
+        <x:v>0.372828</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B332" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C332" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D332" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E332" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F332" t="n" s="2">
         <x:v>21.3544</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6817,160 +6817,160 @@
       </x:c>
       <x:c r="B337" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C337" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D337" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E337" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F337" t="n" s="2">
         <x:v>17.552</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B338" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C338" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D338" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E338" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F338" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>17.423</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B339" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C339" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D339" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E339" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F339" t="n" s="2">
-        <x:v>17.423</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B340" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C340" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D340" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E340" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F340" t="n" s="2">
         <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B341" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C341" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D341" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E341" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F341" t="n" s="2">
         <x:v>0.173</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B342" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C342" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D342" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E342" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F342" t="n" s="2">
-        <x:v>23.211</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B343" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C343" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D343" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E343" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F343" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>23.211</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B344" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C344" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D344" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E344" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F344" t="n" s="2">
         <x:v>22.157</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="str" s="2">
         <x:v>Avfall</x:v>