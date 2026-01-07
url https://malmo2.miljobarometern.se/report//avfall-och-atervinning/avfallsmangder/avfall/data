--- v2 (2025-12-17)
+++ v3 (2026-01-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb11454fa294c4db48ec7c2e54eeafde4"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59aa8034adf54650baa1c7443b66691f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb11454fa294c4db48ec7c2e54eeafde4" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59aa8034adf54650baa1c7443b66691f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>