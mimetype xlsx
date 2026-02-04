--- v3 (2026-01-07)
+++ v4 (2026-02-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59aa8034adf54650baa1c7443b66691f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra275b136ebde4e18a970637ccb58252c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59aa8034adf54650baa1c7443b66691f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra275b136ebde4e18a970637ccb58252c" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -6097,240 +6097,240 @@
       </x:c>
       <x:c r="B301" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C301" t="str" s="2">
         <x:v>Avloppsslam</x:v>
       </x:c>
       <x:c r="D301" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E301" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F301" t="n" s="2">
         <x:v>1.446</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B302" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C302" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D302" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E302" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F302" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>13.717</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B303" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C303" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D303" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E303" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F303" t="n" s="2">
-        <x:v>13.717</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B304" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C304" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D304" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E304" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F304" t="n" s="2">
-        <x:v>21.061</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B305" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C305" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D305" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E305" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F305" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>21.061</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B306" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C306" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D306" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E306" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F306" t="n" s="2">
-        <x:v>21.219</x:v>
+        <x:v>0.031915</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B307" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C307" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D307" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E307" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F307" t="n" s="2">
-        <x:v>0.031915</x:v>
+        <x:v>21.219</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B308" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C308" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D308" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E308" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F308" t="n" s="2">
-        <x:v>0.082937</x:v>
+        <x:v>22.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B309" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C309" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D309" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E309" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F309" t="n" s="2">
-        <x:v>22.7477</x:v>
+        <x:v>0.082937</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B310" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C310" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D310" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E310" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F310" t="n" s="2">
-        <x:v>24.8799</x:v>
+        <x:v>0.126182</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B311" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C311" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D311" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E311" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F311" t="n" s="2">
-        <x:v>0.126182</x:v>
+        <x:v>24.8799</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B312" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C312" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D312" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E312" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F312" t="n" s="2">
         <x:v>23.9332</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6377,200 +6377,200 @@
       </x:c>
       <x:c r="B315" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C315" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D315" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E315" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F315" t="n" s="2">
         <x:v>25.5167</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B316" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C316" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D316" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E316" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F316" t="n" s="2">
-        <x:v>0.297185</x:v>
+        <x:v>26.8979</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B317" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C317" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D317" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E317" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F317" t="n" s="2">
-        <x:v>26.8979</x:v>
+        <x:v>0.297185</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B318" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C318" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D318" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E318" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F318" t="n" s="2">
-        <x:v>26.7394</x:v>
+        <x:v>0.238643</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B319" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C319" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D319" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E319" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F319" t="n" s="2">
-        <x:v>0.238643</x:v>
+        <x:v>26.7394</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B320" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C320" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D320" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E320" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F320" t="n" s="2">
         <x:v>0.294612</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B321" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C321" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D321" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E321" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F321" t="n" s="2">
         <x:v>23.7449</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B322" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C322" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D322" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E322" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F322" t="n" s="2">
-        <x:v>0.35695</x:v>
+        <x:v>22.3535</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B323" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C323" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D323" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E323" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F323" t="n" s="2">
-        <x:v>22.3535</x:v>
+        <x:v>0.35695</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B324" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C324" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D324" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E324" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F324" t="n" s="2">
         <x:v>22.2584</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6617,80 +6617,80 @@
       </x:c>
       <x:c r="B327" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C327" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D327" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E327" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F327" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B328" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C328" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D328" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E328" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F328" t="n" s="2">
-        <x:v>21.2836</x:v>
+        <x:v>0.416241</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B329" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C329" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D329" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E329" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F329" t="n" s="2">
-        <x:v>0.416241</x:v>
+        <x:v>21.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B330" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C330" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D330" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E330" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F330" t="n" s="2">
         <x:v>20.327</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6817,200 +6817,200 @@
       </x:c>
       <x:c r="B337" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C337" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D337" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E337" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F337" t="n" s="2">
         <x:v>17.552</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B338" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C338" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D338" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E338" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F338" t="n" s="2">
-        <x:v>17.423</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B339" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C339" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D339" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E339" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F339" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>17.423</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B340" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C340" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D340" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E340" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F340" t="n" s="2">
-        <x:v>19.08</x:v>
+        <x:v>0.173</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B341" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C341" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D341" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E341" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F341" t="n" s="2">
-        <x:v>0.173</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B342" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C342" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D342" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E342" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F342" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>23.211</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B343" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C343" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D343" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E343" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F343" t="n" s="2">
-        <x:v>23.211</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B344" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C344" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D344" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E344" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F344" t="n" s="2">
-        <x:v>22.157</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B345" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C345" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D345" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E345" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F345" t="n" s="2">
-        <x:v>0.23</x:v>
+        <x:v>22.157</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B346" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C346" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D346" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E346" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F346" t="n" s="2">
         <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -7057,61 +7057,61 @@
       </x:c>
       <x:c r="B349" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C349" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D349" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E349" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F349" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B350" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C350" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D350" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E350" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F350" t="n" s="2">
-        <x:v>18.466</x:v>
+        <x:v>0.541</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B351" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C351" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D351" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E351" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F351" t="n" s="2">
-        <x:v>0.541</x:v>
+        <x:v>18.466</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>