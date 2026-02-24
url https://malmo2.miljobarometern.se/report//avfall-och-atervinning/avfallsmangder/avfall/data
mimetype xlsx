--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra275b136ebde4e18a970637ccb58252c"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra738278041a34de5ae609e382f94342f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra275b136ebde4e18a970637ccb58252c" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra738278041a34de5ae609e382f94342f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -6177,80 +6177,80 @@
       </x:c>
       <x:c r="B305" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C305" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D305" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E305" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F305" t="n" s="2">
         <x:v>21.061</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B306" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C306" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D306" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E306" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F306" t="n" s="2">
-        <x:v>0.031915</x:v>
+        <x:v>21.219</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B307" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C307" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D307" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E307" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F307" t="n" s="2">
-        <x:v>21.219</x:v>
+        <x:v>0.031915</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B308" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C308" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D308" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E308" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F308" t="n" s="2">
         <x:v>22.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6297,80 +6297,80 @@
       </x:c>
       <x:c r="B311" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C311" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D311" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E311" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F311" t="n" s="2">
         <x:v>24.8799</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B312" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C312" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D312" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E312" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F312" t="n" s="2">
-        <x:v>23.9332</x:v>
+        <x:v>0.263138</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B313" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C313" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D313" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E313" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F313" t="n" s="2">
-        <x:v>0.263138</x:v>
+        <x:v>23.9332</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B314" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C314" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D314" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E314" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F314" t="n" s="2">
         <x:v>0.289623</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6497,320 +6497,320 @@
       </x:c>
       <x:c r="B321" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C321" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D321" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E321" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F321" t="n" s="2">
         <x:v>23.7449</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B322" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C322" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D322" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E322" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F322" t="n" s="2">
-        <x:v>22.3535</x:v>
+        <x:v>0.35695</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B323" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C323" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D323" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E323" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F323" t="n" s="2">
-        <x:v>0.35695</x:v>
+        <x:v>22.3535</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B324" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C324" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D324" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E324" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F324" t="n" s="2">
-        <x:v>22.2584</x:v>
+        <x:v>0.345769</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B325" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C325" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D325" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E325" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F325" t="n" s="2">
-        <x:v>0.345769</x:v>
+        <x:v>22.2584</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B326" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C326" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D326" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E326" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F326" t="n" s="2">
-        <x:v>20.9891</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B327" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C327" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D327" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E327" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F327" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>20.9891</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B328" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C328" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D328" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E328" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F328" t="n" s="2">
-        <x:v>0.416241</x:v>
+        <x:v>21.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B329" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C329" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D329" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E329" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F329" t="n" s="2">
-        <x:v>21.2836</x:v>
+        <x:v>0.416241</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B330" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C330" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D330" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E330" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F330" t="n" s="2">
         <x:v>20.327</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B331" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C331" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D331" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E331" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F331" t="n" s="2">
         <x:v>0.372828</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B332" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C332" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D332" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E332" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F332" t="n" s="2">
-        <x:v>21.3544</x:v>
+        <x:v>0.290317</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B333" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C333" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D333" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E333" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F333" t="n" s="2">
-        <x:v>0.290317</x:v>
+        <x:v>21.3544</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B334" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C334" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D334" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E334" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F334" t="n" s="2">
-        <x:v>0.30084</x:v>
+        <x:v>19.221</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B335" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C335" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D335" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E335" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F335" t="n" s="2">
-        <x:v>19.221</x:v>
+        <x:v>0.30084</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B336" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C336" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D336" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E336" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F336" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6857,80 +6857,80 @@
       </x:c>
       <x:c r="B339" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C339" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D339" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E339" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F339" t="n" s="2">
         <x:v>17.423</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B340" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C340" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D340" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E340" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F340" t="n" s="2">
-        <x:v>0.173</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B341" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C341" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D341" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E341" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F341" t="n" s="2">
-        <x:v>19.08</x:v>
+        <x:v>0.173</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B342" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C342" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D342" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E342" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F342" t="n" s="2">
         <x:v>23.211</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6977,80 +6977,80 @@
       </x:c>
       <x:c r="B345" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C345" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D345" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E345" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F345" t="n" s="2">
         <x:v>22.157</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B346" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C346" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D346" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E346" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F346" t="n" s="2">
-        <x:v>21.06</x:v>
+        <x:v>0.174</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B347" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C347" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D347" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E347" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F347" t="n" s="2">
-        <x:v>0.174</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B348" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C348" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D348" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E348" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F348" t="n" s="2">
         <x:v>21.002</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" t="str" s="2">
         <x:v>Avfall</x:v>