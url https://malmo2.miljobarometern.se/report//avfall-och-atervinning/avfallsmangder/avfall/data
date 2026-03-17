--- v5 (2026-02-24)
+++ v6 (2026-03-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra738278041a34de5ae609e382f94342f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R18aa858a3b16413da0d0741d0c6abbbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra738278041a34de5ae609e382f94342f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18aa858a3b16413da0d0741d0c6abbbe" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F351"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -6217,120 +6217,120 @@
       </x:c>
       <x:c r="B307" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C307" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D307" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E307" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F307" t="n" s="2">
         <x:v>0.031915</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B308" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C308" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D308" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E308" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F308" t="n" s="2">
-        <x:v>22.7477</x:v>
+        <x:v>0.082937</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B309" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C309" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D309" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E309" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F309" t="n" s="2">
-        <x:v>0.082937</x:v>
+        <x:v>22.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B310" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C310" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D310" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E310" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F310" t="n" s="2">
-        <x:v>0.126182</x:v>
+        <x:v>24.8799</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B311" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C311" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D311" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E311" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F311" t="n" s="2">
-        <x:v>24.8799</x:v>
+        <x:v>0.126182</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B312" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C312" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D312" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E312" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F312" t="n" s="2">
         <x:v>0.263138</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6417,80 +6417,80 @@
       </x:c>
       <x:c r="B317" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C317" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D317" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E317" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F317" t="n" s="2">
         <x:v>0.297185</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B318" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C318" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D318" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E318" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F318" t="n" s="2">
-        <x:v>0.238643</x:v>
+        <x:v>26.7394</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B319" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C319" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D319" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E319" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F319" t="n" s="2">
-        <x:v>26.7394</x:v>
+        <x:v>0.238643</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B320" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C320" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D320" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E320" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F320" t="n" s="2">
         <x:v>0.294612</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6577,240 +6577,240 @@
       </x:c>
       <x:c r="B325" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C325" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D325" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E325" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F325" t="n" s="2">
         <x:v>22.2584</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B326" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C326" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D326" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E326" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F326" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>20.9891</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B327" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C327" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D327" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E327" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F327" t="n" s="2">
-        <x:v>20.9891</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B328" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C328" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D328" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E328" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F328" t="n" s="2">
-        <x:v>21.2836</x:v>
+        <x:v>0.416241</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B329" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C329" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D329" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E329" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F329" t="n" s="2">
-        <x:v>0.416241</x:v>
+        <x:v>21.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B330" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C330" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D330" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E330" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F330" t="n" s="2">
-        <x:v>20.327</x:v>
+        <x:v>0.372828</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B331" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C331" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D331" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E331" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F331" t="n" s="2">
-        <x:v>0.372828</x:v>
+        <x:v>20.327</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B332" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C332" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D332" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E332" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F332" t="n" s="2">
-        <x:v>0.290317</x:v>
+        <x:v>21.3544</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B333" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C333" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D333" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E333" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F333" t="n" s="2">
-        <x:v>21.3544</x:v>
+        <x:v>0.290317</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B334" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C334" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D334" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E334" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F334" t="n" s="2">
-        <x:v>19.221</x:v>
+        <x:v>0.30084</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B335" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C335" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D335" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E335" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F335" t="n" s="2">
-        <x:v>0.30084</x:v>
+        <x:v>19.221</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B336" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C336" t="str" s="2">
         <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D336" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E336" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F336" t="n" s="2">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" t="str" s="2">
         <x:v>Avfall</x:v>
@@ -6977,141 +6977,141 @@
       </x:c>
       <x:c r="B345" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C345" t="str" s="2">
         <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D345" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E345" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F345" t="n" s="2">
         <x:v>22.157</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B346" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C346" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D346" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E346" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F346" t="n" s="2">
-        <x:v>0.174</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B347" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C347" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D347" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E347" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F347" t="n" s="2">
-        <x:v>21.06</x:v>
+        <x:v>0.174</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B348" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C348" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D348" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E348" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F348" t="n" s="2">
-        <x:v>21.002</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B349" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C349" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D349" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E349" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F349" t="n" s="2">
-        <x:v>0</x:v>
+        <x:v>21.002</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B350" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C350" t="str" s="2">
-        <x:v>Övrigt (loppis)</x:v>
+        <x:v>Förpackningar och tidningar</x:v>
       </x:c>
       <x:c r="D350" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E350" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F350" t="n" s="2">
-        <x:v>0.541</x:v>
+        <x:v>18.466</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" t="str" s="2">
         <x:v>Avfall</x:v>
       </x:c>
       <x:c r="B351" t="str" s="2">
         <x:v>SE.11.1.1</x:v>
       </x:c>
       <x:c r="C351" t="str" s="2">
-        <x:v>Förpackningar och tidningar</x:v>
+        <x:v>Övrigt (loppis)</x:v>
       </x:c>
       <x:c r="D351" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E351" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F351" t="n" s="2">
-        <x:v>18.466</x:v>
+        <x:v>0.541</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>